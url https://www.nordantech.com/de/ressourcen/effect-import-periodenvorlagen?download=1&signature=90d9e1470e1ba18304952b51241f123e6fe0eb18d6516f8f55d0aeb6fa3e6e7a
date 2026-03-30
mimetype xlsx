--- v0 (2025-10-18)
+++ v1 (2026-03-30)
@@ -1,1030 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonas\Dropbox (Nordantech)\06_Customer Success\Ressourcen\Import\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nordantech-my.sharepoint.com/personal/moritz_mussmann_nordantech_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{82212E1E-9596-48BF-87E4-3F10BBE34A25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B717A40B-69C6-42F6-B40E-C9814374DC1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="14160" xr2:uid="{73E7518B-55D7-2B46-98BE-343DA52DD447}"/>
+    <workbookView xWindow="19090" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{73E7518B-55D7-2B46-98BE-343DA52DD447}"/>
   </bookViews>
   <sheets>
     <sheet name="Weekly" sheetId="3" r:id="rId1"/>
     <sheet name="Monthly" sheetId="5" r:id="rId2"/>
     <sheet name="Quarterly" sheetId="2" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="748" uniqueCount="748">
   <si>
-    <t>2021-Jan</t>
-[...943 lines deleted...]
-  <si>
     <t>2025-CW-1</t>
   </si>
   <si>
     <t>2025-CW-2</t>
   </si>
   <si>
     <t>2025-CW-3</t>
   </si>
   <si>
     <t>2025-CW-4</t>
   </si>
   <si>
     <t>2025-CW-5</t>
   </si>
   <si>
     <t>2025-CW-6</t>
   </si>
   <si>
     <t>2025-CW-7</t>
   </si>
   <si>
     <t>2025-CW-8</t>
   </si>
   <si>
     <t>2025-CW-9</t>
@@ -2115,110 +1172,50 @@
   <si>
     <t>2030-Apr</t>
   </si>
   <si>
     <t>2030-Jun</t>
   </si>
   <si>
     <t>2030-Jul</t>
   </si>
   <si>
     <t>2030-Aug</t>
   </si>
   <si>
     <t>2030-Sep</t>
   </si>
   <si>
     <t>2030-Oct</t>
   </si>
   <si>
     <t>2030-Nov</t>
   </si>
   <si>
     <t>2030-Dec</t>
   </si>
   <si>
-    <t>2020-Q1</t>
-[...58 lines deleted...]
-  <si>
     <t>2025-Q1</t>
   </si>
   <si>
     <t>2025-Q2</t>
   </si>
   <si>
     <t>2025-Q3</t>
   </si>
   <si>
     <t>2025-Q4</t>
   </si>
   <si>
     <t>2026-Q1</t>
   </si>
   <si>
     <t>2026-Q2</t>
   </si>
   <si>
     <t>2026-Q3</t>
   </si>
   <si>
     <t>2026-Q4</t>
   </si>
   <si>
     <t>2027-Q1</t>
@@ -2247,81 +1244,1086 @@
   <si>
     <t>2029-Q1</t>
   </si>
   <si>
     <t>2029-Q2</t>
   </si>
   <si>
     <t>2029-Q3</t>
   </si>
   <si>
     <t>2029-Q4</t>
   </si>
   <si>
     <t>2030-Q1</t>
   </si>
   <si>
     <t>2030-Q2</t>
   </si>
   <si>
     <t>2030-Q3</t>
   </si>
   <si>
     <t>2030-Q4</t>
   </si>
   <si>
-    <t>2020-May</t>
-[...13 lines deleted...]
-  <si>
     <t>2025-May</t>
   </si>
   <si>
     <t>2026-May</t>
   </si>
   <si>
     <t>2027-May</t>
   </si>
   <si>
     <t>2028-May</t>
   </si>
   <si>
     <t>2029-May</t>
   </si>
   <si>
     <t>2030-May</t>
+  </si>
+  <si>
+    <t>2031-Q1</t>
+  </si>
+  <si>
+    <t>2031-Q2</t>
+  </si>
+  <si>
+    <t>2031-Q3</t>
+  </si>
+  <si>
+    <t>2031-Q4</t>
+  </si>
+  <si>
+    <t>2032-Q1</t>
+  </si>
+  <si>
+    <t>2032-Q2</t>
+  </si>
+  <si>
+    <t>2032-Q3</t>
+  </si>
+  <si>
+    <t>2032-Q4</t>
+  </si>
+  <si>
+    <t>2033-Q1</t>
+  </si>
+  <si>
+    <t>2033-Q2</t>
+  </si>
+  <si>
+    <t>2033-Q3</t>
+  </si>
+  <si>
+    <t>2033-Q4</t>
+  </si>
+  <si>
+    <t>2034-Q1</t>
+  </si>
+  <si>
+    <t>2034-Q2</t>
+  </si>
+  <si>
+    <t>2034-Q3</t>
+  </si>
+  <si>
+    <t>2034-Q4</t>
+  </si>
+  <si>
+    <t>2035-Q1</t>
+  </si>
+  <si>
+    <t>2035-Q2</t>
+  </si>
+  <si>
+    <t>2035-Q3</t>
+  </si>
+  <si>
+    <t>2035-Q4</t>
+  </si>
+  <si>
+    <t>2031-Jan</t>
+  </si>
+  <si>
+    <t>2031-Feb</t>
+  </si>
+  <si>
+    <t>2031-Mar</t>
+  </si>
+  <si>
+    <t>2031-Apr</t>
+  </si>
+  <si>
+    <t>2031-May</t>
+  </si>
+  <si>
+    <t>2031-Jun</t>
+  </si>
+  <si>
+    <t>2031-Jul</t>
+  </si>
+  <si>
+    <t>2031-Aug</t>
+  </si>
+  <si>
+    <t>2031-Sep</t>
+  </si>
+  <si>
+    <t>2031-Oct</t>
+  </si>
+  <si>
+    <t>2031-Nov</t>
+  </si>
+  <si>
+    <t>2031-Dec</t>
+  </si>
+  <si>
+    <t>2032-Jan</t>
+  </si>
+  <si>
+    <t>2032-Feb</t>
+  </si>
+  <si>
+    <t>2032-Mar</t>
+  </si>
+  <si>
+    <t>2032-Apr</t>
+  </si>
+  <si>
+    <t>2032-May</t>
+  </si>
+  <si>
+    <t>2032-Jun</t>
+  </si>
+  <si>
+    <t>2032-Jul</t>
+  </si>
+  <si>
+    <t>2032-Aug</t>
+  </si>
+  <si>
+    <t>2032-Sep</t>
+  </si>
+  <si>
+    <t>2032-Oct</t>
+  </si>
+  <si>
+    <t>2032-Nov</t>
+  </si>
+  <si>
+    <t>2032-Dec</t>
+  </si>
+  <si>
+    <t>2033-Jan</t>
+  </si>
+  <si>
+    <t>2033-Feb</t>
+  </si>
+  <si>
+    <t>2033-Mar</t>
+  </si>
+  <si>
+    <t>2033-Apr</t>
+  </si>
+  <si>
+    <t>2033-May</t>
+  </si>
+  <si>
+    <t>2033-Jun</t>
+  </si>
+  <si>
+    <t>2033-Jul</t>
+  </si>
+  <si>
+    <t>2033-Aug</t>
+  </si>
+  <si>
+    <t>2033-Sep</t>
+  </si>
+  <si>
+    <t>2033-Oct</t>
+  </si>
+  <si>
+    <t>2033-Nov</t>
+  </si>
+  <si>
+    <t>2033-Dec</t>
+  </si>
+  <si>
+    <t>2034-Jan</t>
+  </si>
+  <si>
+    <t>2034-Feb</t>
+  </si>
+  <si>
+    <t>2034-Mar</t>
+  </si>
+  <si>
+    <t>2034-Apr</t>
+  </si>
+  <si>
+    <t>2034-May</t>
+  </si>
+  <si>
+    <t>2034-Jun</t>
+  </si>
+  <si>
+    <t>2034-Jul</t>
+  </si>
+  <si>
+    <t>2034-Aug</t>
+  </si>
+  <si>
+    <t>2034-Sep</t>
+  </si>
+  <si>
+    <t>2034-Oct</t>
+  </si>
+  <si>
+    <t>2034-Nov</t>
+  </si>
+  <si>
+    <t>2034-Dec</t>
+  </si>
+  <si>
+    <t>2035-Jan</t>
+  </si>
+  <si>
+    <t>2035-Feb</t>
+  </si>
+  <si>
+    <t>2035-Mar</t>
+  </si>
+  <si>
+    <t>2035-Apr</t>
+  </si>
+  <si>
+    <t>2035-May</t>
+  </si>
+  <si>
+    <t>2035-Jun</t>
+  </si>
+  <si>
+    <t>2035-Jul</t>
+  </si>
+  <si>
+    <t>2035-Aug</t>
+  </si>
+  <si>
+    <t>2035-Sep</t>
+  </si>
+  <si>
+    <t>2035-Oct</t>
+  </si>
+  <si>
+    <t>2035-Nov</t>
+  </si>
+  <si>
+    <t>2035-Dec</t>
+  </si>
+  <si>
+    <t>2031-CW-1</t>
+  </si>
+  <si>
+    <t>2031-CW-2</t>
+  </si>
+  <si>
+    <t>2031-CW-3</t>
+  </si>
+  <si>
+    <t>2031-CW-4</t>
+  </si>
+  <si>
+    <t>2031-CW-5</t>
+  </si>
+  <si>
+    <t>2031-CW-6</t>
+  </si>
+  <si>
+    <t>2031-CW-7</t>
+  </si>
+  <si>
+    <t>2031-CW-8</t>
+  </si>
+  <si>
+    <t>2031-CW-9</t>
+  </si>
+  <si>
+    <t>2031-CW-10</t>
+  </si>
+  <si>
+    <t>2031-CW-11</t>
+  </si>
+  <si>
+    <t>2031-CW-12</t>
+  </si>
+  <si>
+    <t>2031-CW-13</t>
+  </si>
+  <si>
+    <t>2031-CW-14</t>
+  </si>
+  <si>
+    <t>2031-CW-15</t>
+  </si>
+  <si>
+    <t>2031-CW-16</t>
+  </si>
+  <si>
+    <t>2031-CW-17</t>
+  </si>
+  <si>
+    <t>2031-CW-18</t>
+  </si>
+  <si>
+    <t>2031-CW-19</t>
+  </si>
+  <si>
+    <t>2031-CW-20</t>
+  </si>
+  <si>
+    <t>2031-CW-21</t>
+  </si>
+  <si>
+    <t>2031-CW-22</t>
+  </si>
+  <si>
+    <t>2031-CW-23</t>
+  </si>
+  <si>
+    <t>2031-CW-24</t>
+  </si>
+  <si>
+    <t>2031-CW-25</t>
+  </si>
+  <si>
+    <t>2031-CW-26</t>
+  </si>
+  <si>
+    <t>2031-CW-27</t>
+  </si>
+  <si>
+    <t>2031-CW-28</t>
+  </si>
+  <si>
+    <t>2031-CW-29</t>
+  </si>
+  <si>
+    <t>2031-CW-30</t>
+  </si>
+  <si>
+    <t>2031-CW-31</t>
+  </si>
+  <si>
+    <t>2031-CW-32</t>
+  </si>
+  <si>
+    <t>2031-CW-33</t>
+  </si>
+  <si>
+    <t>2031-CW-34</t>
+  </si>
+  <si>
+    <t>2031-CW-35</t>
+  </si>
+  <si>
+    <t>2031-CW-36</t>
+  </si>
+  <si>
+    <t>2031-CW-37</t>
+  </si>
+  <si>
+    <t>2031-CW-38</t>
+  </si>
+  <si>
+    <t>2031-CW-39</t>
+  </si>
+  <si>
+    <t>2031-CW-40</t>
+  </si>
+  <si>
+    <t>2031-CW-41</t>
+  </si>
+  <si>
+    <t>2031-CW-42</t>
+  </si>
+  <si>
+    <t>2031-CW-43</t>
+  </si>
+  <si>
+    <t>2031-CW-44</t>
+  </si>
+  <si>
+    <t>2031-CW-45</t>
+  </si>
+  <si>
+    <t>2031-CW-46</t>
+  </si>
+  <si>
+    <t>2031-CW-47</t>
+  </si>
+  <si>
+    <t>2031-CW-48</t>
+  </si>
+  <si>
+    <t>2031-CW-49</t>
+  </si>
+  <si>
+    <t>2031-CW-50</t>
+  </si>
+  <si>
+    <t>2031-CW-51</t>
+  </si>
+  <si>
+    <t>2031-CW-52</t>
+  </si>
+  <si>
+    <t>2032-CW-1</t>
+  </si>
+  <si>
+    <t>2032-CW-2</t>
+  </si>
+  <si>
+    <t>2032-CW-3</t>
+  </si>
+  <si>
+    <t>2032-CW-4</t>
+  </si>
+  <si>
+    <t>2032-CW-5</t>
+  </si>
+  <si>
+    <t>2032-CW-6</t>
+  </si>
+  <si>
+    <t>2032-CW-7</t>
+  </si>
+  <si>
+    <t>2032-CW-8</t>
+  </si>
+  <si>
+    <t>2032-CW-9</t>
+  </si>
+  <si>
+    <t>2032-CW-10</t>
+  </si>
+  <si>
+    <t>2032-CW-11</t>
+  </si>
+  <si>
+    <t>2032-CW-12</t>
+  </si>
+  <si>
+    <t>2032-CW-13</t>
+  </si>
+  <si>
+    <t>2032-CW-14</t>
+  </si>
+  <si>
+    <t>2032-CW-15</t>
+  </si>
+  <si>
+    <t>2032-CW-16</t>
+  </si>
+  <si>
+    <t>2032-CW-17</t>
+  </si>
+  <si>
+    <t>2032-CW-18</t>
+  </si>
+  <si>
+    <t>2032-CW-19</t>
+  </si>
+  <si>
+    <t>2032-CW-20</t>
+  </si>
+  <si>
+    <t>2032-CW-21</t>
+  </si>
+  <si>
+    <t>2032-CW-22</t>
+  </si>
+  <si>
+    <t>2032-CW-23</t>
+  </si>
+  <si>
+    <t>2032-CW-24</t>
+  </si>
+  <si>
+    <t>2032-CW-25</t>
+  </si>
+  <si>
+    <t>2032-CW-26</t>
+  </si>
+  <si>
+    <t>2032-CW-27</t>
+  </si>
+  <si>
+    <t>2032-CW-28</t>
+  </si>
+  <si>
+    <t>2032-CW-29</t>
+  </si>
+  <si>
+    <t>2032-CW-30</t>
+  </si>
+  <si>
+    <t>2032-CW-31</t>
+  </si>
+  <si>
+    <t>2032-CW-32</t>
+  </si>
+  <si>
+    <t>2032-CW-33</t>
+  </si>
+  <si>
+    <t>2032-CW-34</t>
+  </si>
+  <si>
+    <t>2032-CW-35</t>
+  </si>
+  <si>
+    <t>2032-CW-36</t>
+  </si>
+  <si>
+    <t>2032-CW-37</t>
+  </si>
+  <si>
+    <t>2032-CW-38</t>
+  </si>
+  <si>
+    <t>2032-CW-39</t>
+  </si>
+  <si>
+    <t>2032-CW-40</t>
+  </si>
+  <si>
+    <t>2032-CW-41</t>
+  </si>
+  <si>
+    <t>2032-CW-42</t>
+  </si>
+  <si>
+    <t>2032-CW-43</t>
+  </si>
+  <si>
+    <t>2032-CW-44</t>
+  </si>
+  <si>
+    <t>2032-CW-45</t>
+  </si>
+  <si>
+    <t>2032-CW-46</t>
+  </si>
+  <si>
+    <t>2032-CW-47</t>
+  </si>
+  <si>
+    <t>2032-CW-48</t>
+  </si>
+  <si>
+    <t>2032-CW-49</t>
+  </si>
+  <si>
+    <t>2032-CW-50</t>
+  </si>
+  <si>
+    <t>2032-CW-51</t>
+  </si>
+  <si>
+    <t>2032-CW-52</t>
+  </si>
+  <si>
+    <t>2033-CW-1</t>
+  </si>
+  <si>
+    <t>2033-CW-2</t>
+  </si>
+  <si>
+    <t>2033-CW-3</t>
+  </si>
+  <si>
+    <t>2033-CW-4</t>
+  </si>
+  <si>
+    <t>2033-CW-5</t>
+  </si>
+  <si>
+    <t>2033-CW-6</t>
+  </si>
+  <si>
+    <t>2033-CW-7</t>
+  </si>
+  <si>
+    <t>2033-CW-8</t>
+  </si>
+  <si>
+    <t>2033-CW-9</t>
+  </si>
+  <si>
+    <t>2033-CW-10</t>
+  </si>
+  <si>
+    <t>2033-CW-11</t>
+  </si>
+  <si>
+    <t>2033-CW-12</t>
+  </si>
+  <si>
+    <t>2033-CW-13</t>
+  </si>
+  <si>
+    <t>2033-CW-14</t>
+  </si>
+  <si>
+    <t>2033-CW-15</t>
+  </si>
+  <si>
+    <t>2033-CW-16</t>
+  </si>
+  <si>
+    <t>2033-CW-17</t>
+  </si>
+  <si>
+    <t>2033-CW-18</t>
+  </si>
+  <si>
+    <t>2033-CW-19</t>
+  </si>
+  <si>
+    <t>2033-CW-20</t>
+  </si>
+  <si>
+    <t>2033-CW-21</t>
+  </si>
+  <si>
+    <t>2033-CW-22</t>
+  </si>
+  <si>
+    <t>2033-CW-23</t>
+  </si>
+  <si>
+    <t>2033-CW-24</t>
+  </si>
+  <si>
+    <t>2033-CW-25</t>
+  </si>
+  <si>
+    <t>2033-CW-26</t>
+  </si>
+  <si>
+    <t>2033-CW-27</t>
+  </si>
+  <si>
+    <t>2033-CW-28</t>
+  </si>
+  <si>
+    <t>2033-CW-29</t>
+  </si>
+  <si>
+    <t>2033-CW-30</t>
+  </si>
+  <si>
+    <t>2033-CW-31</t>
+  </si>
+  <si>
+    <t>2033-CW-32</t>
+  </si>
+  <si>
+    <t>2033-CW-33</t>
+  </si>
+  <si>
+    <t>2033-CW-34</t>
+  </si>
+  <si>
+    <t>2033-CW-35</t>
+  </si>
+  <si>
+    <t>2033-CW-36</t>
+  </si>
+  <si>
+    <t>2033-CW-37</t>
+  </si>
+  <si>
+    <t>2033-CW-38</t>
+  </si>
+  <si>
+    <t>2033-CW-39</t>
+  </si>
+  <si>
+    <t>2033-CW-40</t>
+  </si>
+  <si>
+    <t>2033-CW-41</t>
+  </si>
+  <si>
+    <t>2033-CW-42</t>
+  </si>
+  <si>
+    <t>2033-CW-43</t>
+  </si>
+  <si>
+    <t>2033-CW-44</t>
+  </si>
+  <si>
+    <t>2033-CW-45</t>
+  </si>
+  <si>
+    <t>2033-CW-46</t>
+  </si>
+  <si>
+    <t>2033-CW-47</t>
+  </si>
+  <si>
+    <t>2033-CW-48</t>
+  </si>
+  <si>
+    <t>2033-CW-49</t>
+  </si>
+  <si>
+    <t>2033-CW-50</t>
+  </si>
+  <si>
+    <t>2033-CW-51</t>
+  </si>
+  <si>
+    <t>2033-CW-52</t>
+  </si>
+  <si>
+    <t>2034-CW-1</t>
+  </si>
+  <si>
+    <t>2034-CW-2</t>
+  </si>
+  <si>
+    <t>2034-CW-3</t>
+  </si>
+  <si>
+    <t>2034-CW-4</t>
+  </si>
+  <si>
+    <t>2034-CW-5</t>
+  </si>
+  <si>
+    <t>2034-CW-6</t>
+  </si>
+  <si>
+    <t>2034-CW-7</t>
+  </si>
+  <si>
+    <t>2034-CW-8</t>
+  </si>
+  <si>
+    <t>2034-CW-9</t>
+  </si>
+  <si>
+    <t>2034-CW-10</t>
+  </si>
+  <si>
+    <t>2034-CW-11</t>
+  </si>
+  <si>
+    <t>2034-CW-12</t>
+  </si>
+  <si>
+    <t>2034-CW-13</t>
+  </si>
+  <si>
+    <t>2034-CW-14</t>
+  </si>
+  <si>
+    <t>2034-CW-15</t>
+  </si>
+  <si>
+    <t>2034-CW-16</t>
+  </si>
+  <si>
+    <t>2034-CW-17</t>
+  </si>
+  <si>
+    <t>2034-CW-18</t>
+  </si>
+  <si>
+    <t>2034-CW-19</t>
+  </si>
+  <si>
+    <t>2034-CW-20</t>
+  </si>
+  <si>
+    <t>2034-CW-21</t>
+  </si>
+  <si>
+    <t>2034-CW-22</t>
+  </si>
+  <si>
+    <t>2034-CW-23</t>
+  </si>
+  <si>
+    <t>2034-CW-24</t>
+  </si>
+  <si>
+    <t>2034-CW-25</t>
+  </si>
+  <si>
+    <t>2034-CW-26</t>
+  </si>
+  <si>
+    <t>2034-CW-27</t>
+  </si>
+  <si>
+    <t>2034-CW-28</t>
+  </si>
+  <si>
+    <t>2034-CW-29</t>
+  </si>
+  <si>
+    <t>2034-CW-30</t>
+  </si>
+  <si>
+    <t>2034-CW-31</t>
+  </si>
+  <si>
+    <t>2034-CW-32</t>
+  </si>
+  <si>
+    <t>2034-CW-33</t>
+  </si>
+  <si>
+    <t>2034-CW-34</t>
+  </si>
+  <si>
+    <t>2034-CW-35</t>
+  </si>
+  <si>
+    <t>2034-CW-36</t>
+  </si>
+  <si>
+    <t>2034-CW-37</t>
+  </si>
+  <si>
+    <t>2034-CW-38</t>
+  </si>
+  <si>
+    <t>2034-CW-39</t>
+  </si>
+  <si>
+    <t>2034-CW-40</t>
+  </si>
+  <si>
+    <t>2034-CW-41</t>
+  </si>
+  <si>
+    <t>2034-CW-42</t>
+  </si>
+  <si>
+    <t>2034-CW-43</t>
+  </si>
+  <si>
+    <t>2034-CW-44</t>
+  </si>
+  <si>
+    <t>2034-CW-45</t>
+  </si>
+  <si>
+    <t>2034-CW-46</t>
+  </si>
+  <si>
+    <t>2034-CW-47</t>
+  </si>
+  <si>
+    <t>2034-CW-48</t>
+  </si>
+  <si>
+    <t>2034-CW-49</t>
+  </si>
+  <si>
+    <t>2034-CW-50</t>
+  </si>
+  <si>
+    <t>2034-CW-51</t>
+  </si>
+  <si>
+    <t>2034-CW-52</t>
+  </si>
+  <si>
+    <t>2035-CW-1</t>
+  </si>
+  <si>
+    <t>2035-CW-2</t>
+  </si>
+  <si>
+    <t>2035-CW-3</t>
+  </si>
+  <si>
+    <t>2035-CW-4</t>
+  </si>
+  <si>
+    <t>2035-CW-5</t>
+  </si>
+  <si>
+    <t>2035-CW-6</t>
+  </si>
+  <si>
+    <t>2035-CW-7</t>
+  </si>
+  <si>
+    <t>2035-CW-8</t>
+  </si>
+  <si>
+    <t>2035-CW-9</t>
+  </si>
+  <si>
+    <t>2035-CW-10</t>
+  </si>
+  <si>
+    <t>2035-CW-11</t>
+  </si>
+  <si>
+    <t>2035-CW-12</t>
+  </si>
+  <si>
+    <t>2035-CW-13</t>
+  </si>
+  <si>
+    <t>2035-CW-14</t>
+  </si>
+  <si>
+    <t>2035-CW-15</t>
+  </si>
+  <si>
+    <t>2035-CW-16</t>
+  </si>
+  <si>
+    <t>2035-CW-17</t>
+  </si>
+  <si>
+    <t>2035-CW-18</t>
+  </si>
+  <si>
+    <t>2035-CW-19</t>
+  </si>
+  <si>
+    <t>2035-CW-20</t>
+  </si>
+  <si>
+    <t>2035-CW-21</t>
+  </si>
+  <si>
+    <t>2035-CW-22</t>
+  </si>
+  <si>
+    <t>2035-CW-23</t>
+  </si>
+  <si>
+    <t>2035-CW-24</t>
+  </si>
+  <si>
+    <t>2035-CW-25</t>
+  </si>
+  <si>
+    <t>2035-CW-26</t>
+  </si>
+  <si>
+    <t>2035-CW-27</t>
+  </si>
+  <si>
+    <t>2035-CW-28</t>
+  </si>
+  <si>
+    <t>2035-CW-29</t>
+  </si>
+  <si>
+    <t>2035-CW-30</t>
+  </si>
+  <si>
+    <t>2035-CW-31</t>
+  </si>
+  <si>
+    <t>2035-CW-32</t>
+  </si>
+  <si>
+    <t>2035-CW-33</t>
+  </si>
+  <si>
+    <t>2035-CW-34</t>
+  </si>
+  <si>
+    <t>2035-CW-35</t>
+  </si>
+  <si>
+    <t>2035-CW-36</t>
+  </si>
+  <si>
+    <t>2035-CW-37</t>
+  </si>
+  <si>
+    <t>2035-CW-38</t>
+  </si>
+  <si>
+    <t>2035-CW-39</t>
+  </si>
+  <si>
+    <t>2035-CW-40</t>
+  </si>
+  <si>
+    <t>2035-CW-41</t>
+  </si>
+  <si>
+    <t>2035-CW-42</t>
+  </si>
+  <si>
+    <t>2035-CW-43</t>
+  </si>
+  <si>
+    <t>2035-CW-44</t>
+  </si>
+  <si>
+    <t>2035-CW-45</t>
+  </si>
+  <si>
+    <t>2035-CW-46</t>
+  </si>
+  <si>
+    <t>2035-CW-47</t>
+  </si>
+  <si>
+    <t>2035-CW-48</t>
+  </si>
+  <si>
+    <t>2035-CW-49</t>
+  </si>
+  <si>
+    <t>2035-CW-50</t>
+  </si>
+  <si>
+    <t>2035-CW-51</t>
+  </si>
+  <si>
+    <t>2035-CW-52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2345,91 +2347,91 @@
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2491,51 +2493,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2633,2400 +2635,2404 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43981A61-DF0C-E146-9E21-4DD85CFEF58F}">
   <dimension ref="A1:AZ11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:52" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:52" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" t="s">
+        <v>17</v>
+      </c>
+      <c r="S1" t="s">
+        <v>18</v>
+      </c>
+      <c r="T1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y1" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AK1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AN1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" t="s">
+        <v>44</v>
+      </c>
+      <c r="AT1" t="s">
+        <v>45</v>
+      </c>
+      <c r="AU1" t="s">
+        <v>46</v>
+      </c>
+      <c r="AV1" t="s">
+        <v>47</v>
+      </c>
+      <c r="AW1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AX1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY1" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
         <v>55</v>
       </c>
-      <c r="B1" t="s">
+      <c r="E2" t="s">
         <v>56</v>
       </c>
-      <c r="C1" t="s">
+      <c r="F2" t="s">
         <v>57</v>
       </c>
-      <c r="D1" t="s">
+      <c r="G2" t="s">
         <v>58</v>
       </c>
-      <c r="E1" t="s">
+      <c r="H2" t="s">
         <v>59</v>
       </c>
-      <c r="F1" t="s">
+      <c r="I2" t="s">
         <v>60</v>
       </c>
-      <c r="G1" t="s">
+      <c r="J2" t="s">
         <v>61</v>
       </c>
-      <c r="H1" t="s">
+      <c r="K2" t="s">
         <v>62</v>
       </c>
-      <c r="I1" t="s">
+      <c r="L2" t="s">
         <v>63</v>
       </c>
-      <c r="J1" t="s">
+      <c r="M2" t="s">
         <v>64</v>
       </c>
-      <c r="K1" t="s">
+      <c r="N2" t="s">
         <v>65</v>
       </c>
-      <c r="L1" t="s">
+      <c r="O2" t="s">
         <v>66</v>
       </c>
-      <c r="M1" t="s">
+      <c r="P2" t="s">
         <v>67</v>
       </c>
-      <c r="N1" t="s">
+      <c r="Q2" t="s">
         <v>68</v>
       </c>
-      <c r="O1" t="s">
+      <c r="R2" t="s">
         <v>69</v>
       </c>
-      <c r="P1" t="s">
+      <c r="S2" t="s">
         <v>70</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="T2" t="s">
         <v>71</v>
       </c>
-      <c r="R1" t="s">
+      <c r="U2" t="s">
         <v>72</v>
       </c>
-      <c r="S1" t="s">
+      <c r="V2" t="s">
         <v>73</v>
       </c>
-      <c r="T1" t="s">
+      <c r="W2" t="s">
         <v>74</v>
       </c>
-      <c r="U1" t="s">
+      <c r="X2" t="s">
         <v>75</v>
       </c>
-      <c r="V1" t="s">
+      <c r="Y2" t="s">
         <v>76</v>
       </c>
-      <c r="W1" t="s">
+      <c r="Z2" t="s">
         <v>77</v>
       </c>
-      <c r="X1" t="s">
+      <c r="AA2" t="s">
         <v>78</v>
       </c>
-      <c r="Y1" t="s">
+      <c r="AB2" t="s">
         <v>79</v>
       </c>
-      <c r="Z1" t="s">
+      <c r="AC2" t="s">
         <v>80</v>
       </c>
-      <c r="AA1" t="s">
+      <c r="AD2" t="s">
         <v>81</v>
       </c>
-      <c r="AB1" t="s">
+      <c r="AE2" t="s">
         <v>82</v>
       </c>
-      <c r="AC1" t="s">
+      <c r="AF2" t="s">
         <v>83</v>
       </c>
-      <c r="AD1" t="s">
+      <c r="AG2" t="s">
         <v>84</v>
       </c>
-      <c r="AE1" t="s">
+      <c r="AH2" t="s">
         <v>85</v>
       </c>
-      <c r="AF1" t="s">
+      <c r="AI2" t="s">
         <v>86</v>
       </c>
-      <c r="AG1" t="s">
+      <c r="AJ2" t="s">
         <v>87</v>
       </c>
-      <c r="AH1" t="s">
+      <c r="AK2" t="s">
         <v>88</v>
       </c>
-      <c r="AI1" t="s">
+      <c r="AL2" t="s">
         <v>89</v>
       </c>
-      <c r="AJ1" t="s">
+      <c r="AM2" t="s">
         <v>90</v>
       </c>
-      <c r="AK1" t="s">
+      <c r="AN2" t="s">
         <v>91</v>
       </c>
-      <c r="AL1" t="s">
+      <c r="AO2" t="s">
         <v>92</v>
       </c>
-      <c r="AM1" t="s">
+      <c r="AP2" t="s">
         <v>93</v>
       </c>
-      <c r="AN1" t="s">
+      <c r="AQ2" t="s">
         <v>94</v>
       </c>
-      <c r="AO1" t="s">
+      <c r="AR2" t="s">
         <v>95</v>
       </c>
-      <c r="AP1" t="s">
+      <c r="AS2" t="s">
         <v>96</v>
       </c>
-      <c r="AQ1" t="s">
+      <c r="AT2" t="s">
         <v>97</v>
       </c>
-      <c r="AR1" t="s">
+      <c r="AU2" t="s">
         <v>98</v>
       </c>
-      <c r="AS1" t="s">
+      <c r="AV2" t="s">
         <v>99</v>
       </c>
-      <c r="AT1" t="s">
+      <c r="AW2" t="s">
         <v>100</v>
       </c>
-      <c r="AU1" t="s">
+      <c r="AX2" t="s">
         <v>101</v>
       </c>
-      <c r="AV1" t="s">
+      <c r="AY2" t="s">
         <v>102</v>
       </c>
-      <c r="AW1" t="s">
+      <c r="AZ2" t="s">
         <v>103</v>
       </c>
-      <c r="AX1" t="s">
+    </row>
+    <row r="3" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
         <v>104</v>
       </c>
-      <c r="AY1" t="s">
+      <c r="B3" t="s">
         <v>105</v>
       </c>
-      <c r="AZ1" t="s">
+      <c r="C3" t="s">
         <v>106</v>
       </c>
+      <c r="D3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H3" t="s">
+        <v>111</v>
+      </c>
+      <c r="I3" t="s">
+        <v>112</v>
+      </c>
+      <c r="J3" t="s">
+        <v>113</v>
+      </c>
+      <c r="K3" t="s">
+        <v>114</v>
+      </c>
+      <c r="L3" t="s">
+        <v>115</v>
+      </c>
+      <c r="M3" t="s">
+        <v>116</v>
+      </c>
+      <c r="N3" t="s">
+        <v>117</v>
+      </c>
+      <c r="O3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P3" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>120</v>
+      </c>
+      <c r="R3" t="s">
+        <v>121</v>
+      </c>
+      <c r="S3" t="s">
+        <v>122</v>
+      </c>
+      <c r="T3" t="s">
+        <v>123</v>
+      </c>
+      <c r="U3" t="s">
+        <v>124</v>
+      </c>
+      <c r="V3" t="s">
+        <v>125</v>
+      </c>
+      <c r="W3" t="s">
+        <v>126</v>
+      </c>
+      <c r="X3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>129</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>130</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>132</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>133</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>134</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>135</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>136</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>137</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>138</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>139</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>140</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>141</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>142</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>143</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>145</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>146</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>147</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>148</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>149</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>150</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>151</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>152</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>153</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>154</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>155</v>
+      </c>
     </row>
-    <row r="2" spans="1:52" x14ac:dyDescent="0.35">
-[...147 lines deleted...]
-      <c r="AX2" t="s">
+    <row r="4" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
         <v>156</v>
       </c>
-      <c r="AY2" t="s">
+      <c r="B4" t="s">
         <v>157</v>
       </c>
-      <c r="AZ2" t="s">
+      <c r="C4" t="s">
         <v>158</v>
       </c>
+      <c r="D4" t="s">
+        <v>159</v>
+      </c>
+      <c r="E4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F4" t="s">
+        <v>161</v>
+      </c>
+      <c r="G4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" t="s">
+        <v>163</v>
+      </c>
+      <c r="I4" t="s">
+        <v>164</v>
+      </c>
+      <c r="J4" t="s">
+        <v>165</v>
+      </c>
+      <c r="K4" t="s">
+        <v>166</v>
+      </c>
+      <c r="L4" t="s">
+        <v>167</v>
+      </c>
+      <c r="M4" t="s">
+        <v>168</v>
+      </c>
+      <c r="N4" t="s">
+        <v>169</v>
+      </c>
+      <c r="O4" t="s">
+        <v>170</v>
+      </c>
+      <c r="P4" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>172</v>
+      </c>
+      <c r="R4" t="s">
+        <v>173</v>
+      </c>
+      <c r="S4" t="s">
+        <v>174</v>
+      </c>
+      <c r="T4" t="s">
+        <v>175</v>
+      </c>
+      <c r="U4" t="s">
+        <v>176</v>
+      </c>
+      <c r="V4" t="s">
+        <v>177</v>
+      </c>
+      <c r="W4" t="s">
+        <v>178</v>
+      </c>
+      <c r="X4" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>180</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>181</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>182</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>183</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>184</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>185</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>186</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>187</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>188</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>189</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>190</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>192</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>193</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>194</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>195</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>196</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>197</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>198</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>199</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>200</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>201</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>202</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>203</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>204</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>205</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>206</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>207</v>
+      </c>
     </row>
-    <row r="3" spans="1:52" x14ac:dyDescent="0.35">
-[...147 lines deleted...]
-      <c r="AX3" t="s">
+    <row r="5" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
         <v>208</v>
       </c>
-      <c r="AY3" t="s">
+      <c r="B5" t="s">
         <v>209</v>
       </c>
-      <c r="AZ3" t="s">
+      <c r="C5" t="s">
         <v>210</v>
       </c>
+      <c r="D5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G5" t="s">
+        <v>214</v>
+      </c>
+      <c r="H5" t="s">
+        <v>215</v>
+      </c>
+      <c r="I5" t="s">
+        <v>216</v>
+      </c>
+      <c r="J5" t="s">
+        <v>217</v>
+      </c>
+      <c r="K5" t="s">
+        <v>218</v>
+      </c>
+      <c r="L5" t="s">
+        <v>219</v>
+      </c>
+      <c r="M5" t="s">
+        <v>220</v>
+      </c>
+      <c r="N5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O5" t="s">
+        <v>222</v>
+      </c>
+      <c r="P5" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>224</v>
+      </c>
+      <c r="R5" t="s">
+        <v>225</v>
+      </c>
+      <c r="S5" t="s">
+        <v>226</v>
+      </c>
+      <c r="T5" t="s">
+        <v>227</v>
+      </c>
+      <c r="U5" t="s">
+        <v>228</v>
+      </c>
+      <c r="V5" t="s">
+        <v>229</v>
+      </c>
+      <c r="W5" t="s">
+        <v>230</v>
+      </c>
+      <c r="X5" t="s">
+        <v>231</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>232</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>233</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>234</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>235</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>236</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>237</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>238</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>241</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>242</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>243</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>244</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>245</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>246</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>247</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>248</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>249</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>250</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>251</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>252</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>253</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>254</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>255</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>256</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>257</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>258</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>259</v>
+      </c>
     </row>
-    <row r="4" spans="1:52" x14ac:dyDescent="0.35">
-[...147 lines deleted...]
-      <c r="AX4" t="s">
+    <row r="6" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>260</v>
       </c>
-      <c r="AY4" t="s">
+      <c r="B6" t="s">
         <v>261</v>
       </c>
-      <c r="AZ4" t="s">
+      <c r="C6" t="s">
         <v>262</v>
       </c>
+      <c r="D6" t="s">
+        <v>263</v>
+      </c>
+      <c r="E6" t="s">
+        <v>264</v>
+      </c>
+      <c r="F6" t="s">
+        <v>265</v>
+      </c>
+      <c r="G6" t="s">
+        <v>266</v>
+      </c>
+      <c r="H6" t="s">
+        <v>267</v>
+      </c>
+      <c r="I6" t="s">
+        <v>268</v>
+      </c>
+      <c r="J6" t="s">
+        <v>269</v>
+      </c>
+      <c r="K6" t="s">
+        <v>270</v>
+      </c>
+      <c r="L6" t="s">
+        <v>271</v>
+      </c>
+      <c r="M6" t="s">
+        <v>272</v>
+      </c>
+      <c r="N6" t="s">
+        <v>273</v>
+      </c>
+      <c r="O6" t="s">
+        <v>274</v>
+      </c>
+      <c r="P6" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>276</v>
+      </c>
+      <c r="R6" t="s">
+        <v>277</v>
+      </c>
+      <c r="S6" t="s">
+        <v>278</v>
+      </c>
+      <c r="T6" t="s">
+        <v>279</v>
+      </c>
+      <c r="U6" t="s">
+        <v>280</v>
+      </c>
+      <c r="V6" t="s">
+        <v>281</v>
+      </c>
+      <c r="W6" t="s">
+        <v>282</v>
+      </c>
+      <c r="X6" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>284</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>285</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>286</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>287</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>288</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>289</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>290</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>291</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>292</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>293</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>294</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>295</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>296</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>297</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>298</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>299</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>300</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>301</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>302</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>303</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>304</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>305</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>306</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>307</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>308</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>309</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>310</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>311</v>
+      </c>
     </row>
-    <row r="5" spans="1:52" x14ac:dyDescent="0.35">
-[...154 lines deleted...]
-        <v>314</v>
+    <row r="7" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>488</v>
+      </c>
+      <c r="B7" t="s">
+        <v>489</v>
+      </c>
+      <c r="C7" t="s">
+        <v>490</v>
+      </c>
+      <c r="D7" t="s">
+        <v>491</v>
+      </c>
+      <c r="E7" t="s">
+        <v>492</v>
+      </c>
+      <c r="F7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G7" t="s">
+        <v>494</v>
+      </c>
+      <c r="H7" t="s">
+        <v>495</v>
+      </c>
+      <c r="I7" t="s">
+        <v>496</v>
+      </c>
+      <c r="J7" t="s">
+        <v>497</v>
+      </c>
+      <c r="K7" t="s">
+        <v>498</v>
+      </c>
+      <c r="L7" t="s">
+        <v>499</v>
+      </c>
+      <c r="M7" t="s">
+        <v>500</v>
+      </c>
+      <c r="N7" t="s">
+        <v>501</v>
+      </c>
+      <c r="O7" t="s">
+        <v>502</v>
+      </c>
+      <c r="P7" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>504</v>
+      </c>
+      <c r="R7" t="s">
+        <v>505</v>
+      </c>
+      <c r="S7" t="s">
+        <v>506</v>
+      </c>
+      <c r="T7" t="s">
+        <v>507</v>
+      </c>
+      <c r="U7" t="s">
+        <v>508</v>
+      </c>
+      <c r="V7" t="s">
+        <v>509</v>
+      </c>
+      <c r="W7" t="s">
+        <v>510</v>
+      </c>
+      <c r="X7" t="s">
+        <v>511</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>512</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>513</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>514</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>515</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>516</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>517</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>518</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>519</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>520</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>521</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>522</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>523</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>524</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>525</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>526</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>527</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>528</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>529</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>530</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>531</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>532</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>533</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>534</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>535</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>536</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>537</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>538</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>539</v>
       </c>
     </row>
-    <row r="6" spans="1:52" x14ac:dyDescent="0.35">
-[...154 lines deleted...]
-        <v>366</v>
+    <row r="8" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>540</v>
+      </c>
+      <c r="B8" t="s">
+        <v>541</v>
+      </c>
+      <c r="C8" t="s">
+        <v>542</v>
+      </c>
+      <c r="D8" t="s">
+        <v>543</v>
+      </c>
+      <c r="E8" t="s">
+        <v>544</v>
+      </c>
+      <c r="F8" t="s">
+        <v>545</v>
+      </c>
+      <c r="G8" t="s">
+        <v>546</v>
+      </c>
+      <c r="H8" t="s">
+        <v>547</v>
+      </c>
+      <c r="I8" t="s">
+        <v>548</v>
+      </c>
+      <c r="J8" t="s">
+        <v>549</v>
+      </c>
+      <c r="K8" t="s">
+        <v>550</v>
+      </c>
+      <c r="L8" t="s">
+        <v>551</v>
+      </c>
+      <c r="M8" t="s">
+        <v>552</v>
+      </c>
+      <c r="N8" t="s">
+        <v>553</v>
+      </c>
+      <c r="O8" t="s">
+        <v>554</v>
+      </c>
+      <c r="P8" t="s">
+        <v>555</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>556</v>
+      </c>
+      <c r="R8" t="s">
+        <v>557</v>
+      </c>
+      <c r="S8" t="s">
+        <v>558</v>
+      </c>
+      <c r="T8" t="s">
+        <v>559</v>
+      </c>
+      <c r="U8" t="s">
+        <v>560</v>
+      </c>
+      <c r="V8" t="s">
+        <v>561</v>
+      </c>
+      <c r="W8" t="s">
+        <v>562</v>
+      </c>
+      <c r="X8" t="s">
+        <v>563</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>564</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>565</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>566</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>567</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>568</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>569</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>570</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>571</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>572</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>573</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>574</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>575</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>576</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>577</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>578</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>579</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>580</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>581</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>582</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>583</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>584</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>585</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>586</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>587</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>588</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>589</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>590</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>591</v>
       </c>
     </row>
-    <row r="7" spans="1:52" x14ac:dyDescent="0.35">
-[...154 lines deleted...]
-        <v>418</v>
+    <row r="9" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>592</v>
+      </c>
+      <c r="B9" t="s">
+        <v>593</v>
+      </c>
+      <c r="C9" t="s">
+        <v>594</v>
+      </c>
+      <c r="D9" t="s">
+        <v>595</v>
+      </c>
+      <c r="E9" t="s">
+        <v>596</v>
+      </c>
+      <c r="F9" t="s">
+        <v>597</v>
+      </c>
+      <c r="G9" t="s">
+        <v>598</v>
+      </c>
+      <c r="H9" t="s">
+        <v>599</v>
+      </c>
+      <c r="I9" t="s">
+        <v>600</v>
+      </c>
+      <c r="J9" t="s">
+        <v>601</v>
+      </c>
+      <c r="K9" t="s">
+        <v>602</v>
+      </c>
+      <c r="L9" t="s">
+        <v>603</v>
+      </c>
+      <c r="M9" t="s">
+        <v>604</v>
+      </c>
+      <c r="N9" t="s">
+        <v>605</v>
+      </c>
+      <c r="O9" t="s">
+        <v>606</v>
+      </c>
+      <c r="P9" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>608</v>
+      </c>
+      <c r="R9" t="s">
+        <v>609</v>
+      </c>
+      <c r="S9" t="s">
+        <v>610</v>
+      </c>
+      <c r="T9" t="s">
+        <v>611</v>
+      </c>
+      <c r="U9" t="s">
+        <v>612</v>
+      </c>
+      <c r="V9" t="s">
+        <v>613</v>
+      </c>
+      <c r="W9" t="s">
+        <v>614</v>
+      </c>
+      <c r="X9" t="s">
+        <v>615</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>616</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>617</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>618</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>619</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>620</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>621</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>622</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>623</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>624</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>625</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>626</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>627</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>628</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>629</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>630</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>631</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>632</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>633</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>634</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>635</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>636</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>637</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>638</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>639</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>640</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>641</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>642</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>643</v>
       </c>
     </row>
-    <row r="8" spans="1:52" x14ac:dyDescent="0.35">
-[...154 lines deleted...]
-        <v>470</v>
+    <row r="10" spans="1:52" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>644</v>
+      </c>
+      <c r="B10" t="s">
+        <v>645</v>
+      </c>
+      <c r="C10" t="s">
+        <v>646</v>
+      </c>
+      <c r="D10" t="s">
+        <v>647</v>
+      </c>
+      <c r="E10" t="s">
+        <v>648</v>
+      </c>
+      <c r="F10" t="s">
+        <v>649</v>
+      </c>
+      <c r="G10" t="s">
+        <v>650</v>
+      </c>
+      <c r="H10" t="s">
+        <v>651</v>
+      </c>
+      <c r="I10" t="s">
+        <v>652</v>
+      </c>
+      <c r="J10" t="s">
+        <v>653</v>
+      </c>
+      <c r="K10" t="s">
+        <v>654</v>
+      </c>
+      <c r="L10" t="s">
+        <v>655</v>
+      </c>
+      <c r="M10" t="s">
+        <v>656</v>
+      </c>
+      <c r="N10" t="s">
+        <v>657</v>
+      </c>
+      <c r="O10" t="s">
+        <v>658</v>
+      </c>
+      <c r="P10" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>660</v>
+      </c>
+      <c r="R10" t="s">
+        <v>661</v>
+      </c>
+      <c r="S10" t="s">
+        <v>662</v>
+      </c>
+      <c r="T10" t="s">
+        <v>663</v>
+      </c>
+      <c r="U10" t="s">
+        <v>664</v>
+      </c>
+      <c r="V10" t="s">
+        <v>665</v>
+      </c>
+      <c r="W10" t="s">
+        <v>666</v>
+      </c>
+      <c r="X10" t="s">
+        <v>667</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>668</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>669</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>670</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>671</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>672</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>673</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>674</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>675</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>676</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>677</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>678</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>679</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>680</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>681</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>682</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>683</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>684</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>685</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>686</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>687</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>688</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>689</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>690</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>691</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>692</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>693</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>694</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>695</v>
       </c>
     </row>
-    <row r="9" spans="1:52" x14ac:dyDescent="0.35">
-[...315 lines deleted...]
-    <row r="11" spans="1:52" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:52" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>575</v>
+        <v>696</v>
       </c>
       <c r="B11" t="s">
-        <v>576</v>
+        <v>697</v>
       </c>
       <c r="C11" t="s">
-        <v>577</v>
+        <v>698</v>
       </c>
       <c r="D11" t="s">
-        <v>578</v>
+        <v>699</v>
       </c>
       <c r="E11" t="s">
-        <v>579</v>
+        <v>700</v>
       </c>
       <c r="F11" t="s">
-        <v>580</v>
+        <v>701</v>
       </c>
       <c r="G11" t="s">
-        <v>581</v>
+        <v>702</v>
       </c>
       <c r="H11" t="s">
-        <v>582</v>
+        <v>703</v>
       </c>
       <c r="I11" t="s">
-        <v>583</v>
+        <v>704</v>
       </c>
       <c r="J11" t="s">
-        <v>584</v>
+        <v>705</v>
       </c>
       <c r="K11" t="s">
-        <v>585</v>
+        <v>706</v>
       </c>
       <c r="L11" t="s">
-        <v>586</v>
+        <v>707</v>
       </c>
       <c r="M11" t="s">
-        <v>587</v>
+        <v>708</v>
       </c>
       <c r="N11" t="s">
-        <v>588</v>
+        <v>709</v>
       </c>
       <c r="O11" t="s">
-        <v>589</v>
+        <v>710</v>
       </c>
       <c r="P11" t="s">
-        <v>590</v>
+        <v>711</v>
       </c>
       <c r="Q11" t="s">
-        <v>591</v>
+        <v>712</v>
       </c>
       <c r="R11" t="s">
-        <v>592</v>
+        <v>713</v>
       </c>
       <c r="S11" t="s">
-        <v>593</v>
+        <v>714</v>
       </c>
       <c r="T11" t="s">
-        <v>594</v>
+        <v>715</v>
       </c>
       <c r="U11" t="s">
-        <v>595</v>
+        <v>716</v>
       </c>
       <c r="V11" t="s">
-        <v>596</v>
+        <v>717</v>
       </c>
       <c r="W11" t="s">
-        <v>597</v>
+        <v>718</v>
       </c>
       <c r="X11" t="s">
-        <v>598</v>
+        <v>719</v>
       </c>
       <c r="Y11" t="s">
-        <v>599</v>
+        <v>720</v>
       </c>
       <c r="Z11" t="s">
-        <v>600</v>
+        <v>721</v>
       </c>
       <c r="AA11" t="s">
-        <v>601</v>
+        <v>722</v>
       </c>
       <c r="AB11" t="s">
-        <v>602</v>
+        <v>723</v>
       </c>
       <c r="AC11" t="s">
-        <v>603</v>
+        <v>724</v>
       </c>
       <c r="AD11" t="s">
-        <v>604</v>
+        <v>725</v>
       </c>
       <c r="AE11" t="s">
-        <v>605</v>
+        <v>726</v>
       </c>
       <c r="AF11" t="s">
-        <v>606</v>
+        <v>727</v>
       </c>
       <c r="AG11" t="s">
-        <v>607</v>
+        <v>728</v>
       </c>
       <c r="AH11" t="s">
-        <v>608</v>
+        <v>729</v>
       </c>
       <c r="AI11" t="s">
-        <v>609</v>
+        <v>730</v>
       </c>
       <c r="AJ11" t="s">
-        <v>610</v>
+        <v>731</v>
       </c>
       <c r="AK11" t="s">
-        <v>611</v>
+        <v>732</v>
       </c>
       <c r="AL11" t="s">
-        <v>612</v>
+        <v>733</v>
       </c>
       <c r="AM11" t="s">
-        <v>613</v>
+        <v>734</v>
       </c>
       <c r="AN11" t="s">
-        <v>614</v>
+        <v>735</v>
       </c>
       <c r="AO11" t="s">
-        <v>615</v>
+        <v>736</v>
       </c>
       <c r="AP11" t="s">
-        <v>616</v>
+        <v>737</v>
       </c>
       <c r="AQ11" t="s">
-        <v>617</v>
+        <v>738</v>
       </c>
       <c r="AR11" t="s">
-        <v>618</v>
+        <v>739</v>
       </c>
       <c r="AS11" t="s">
-        <v>619</v>
+        <v>740</v>
       </c>
       <c r="AT11" t="s">
-        <v>620</v>
+        <v>741</v>
       </c>
       <c r="AU11" t="s">
-        <v>621</v>
+        <v>742</v>
       </c>
       <c r="AV11" t="s">
-        <v>622</v>
+        <v>743</v>
       </c>
       <c r="AW11" t="s">
-        <v>623</v>
+        <v>744</v>
       </c>
       <c r="AX11" t="s">
-        <v>624</v>
+        <v>745</v>
       </c>
       <c r="AY11" t="s">
-        <v>625</v>
+        <v>746</v>
       </c>
       <c r="AZ11" t="s">
-        <v>626</v>
+        <v>747</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED5D5589-D19F-5742-8E7E-FD31CA3A2CA2}">
   <dimension ref="A1:L11"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:A1048576"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>45</v>
+        <v>313</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>46</v>
+        <v>314</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>47</v>
+        <v>315</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>737</v>
+        <v>402</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>48</v>
+        <v>316</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>49</v>
+        <v>317</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>50</v>
+        <v>318</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>51</v>
+        <v>319</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>52</v>
+        <v>320</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>53</v>
+        <v>321</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>54</v>
+        <v>322</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>0</v>
+        <v>323</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>1</v>
+        <v>324</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>2</v>
+        <v>325</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>3</v>
+        <v>326</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>738</v>
+        <v>403</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>4</v>
+        <v>327</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>5</v>
+        <v>328</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>6</v>
+        <v>329</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>7</v>
+        <v>330</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>8</v>
+        <v>331</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>10</v>
+        <v>333</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>11</v>
+        <v>334</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>12</v>
+        <v>335</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>13</v>
+        <v>336</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>14</v>
+        <v>337</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>739</v>
+        <v>404</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>339</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>340</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>341</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>19</v>
+        <v>342</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>21</v>
+        <v>344</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>22</v>
+        <v>345</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>25</v>
+        <v>348</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>740</v>
+        <v>405</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>26</v>
+        <v>349</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>27</v>
+        <v>350</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>28</v>
+        <v>351</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>352</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>30</v>
+        <v>353</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>31</v>
+        <v>354</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>32</v>
+        <v>355</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>33</v>
+        <v>356</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>34</v>
+        <v>357</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>35</v>
+        <v>358</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>36</v>
+        <v>359</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>741</v>
+        <v>406</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>37</v>
+        <v>360</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>38</v>
+        <v>361</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>39</v>
+        <v>362</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>40</v>
+        <v>363</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>41</v>
+        <v>364</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>42</v>
+        <v>365</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>43</v>
+        <v>366</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>627</v>
+        <v>367</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>628</v>
+        <v>368</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>629</v>
+        <v>369</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>630</v>
+        <v>370</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>742</v>
+        <v>407</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>631</v>
+        <v>371</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>632</v>
+        <v>372</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>633</v>
+        <v>373</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>634</v>
+        <v>374</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>635</v>
+        <v>375</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>636</v>
+        <v>376</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>637</v>
+        <v>377</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-        <v>648</v>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>428</v>
+      </c>
+      <c r="B7" t="s">
+        <v>429</v>
+      </c>
+      <c r="C7" t="s">
+        <v>430</v>
+      </c>
+      <c r="D7" t="s">
+        <v>431</v>
+      </c>
+      <c r="E7" t="s">
+        <v>432</v>
+      </c>
+      <c r="F7" t="s">
+        <v>433</v>
+      </c>
+      <c r="G7" t="s">
+        <v>434</v>
+      </c>
+      <c r="H7" t="s">
+        <v>435</v>
+      </c>
+      <c r="I7" t="s">
+        <v>436</v>
+      </c>
+      <c r="J7" t="s">
+        <v>437</v>
+      </c>
+      <c r="K7" t="s">
+        <v>438</v>
+      </c>
+      <c r="L7" t="s">
+        <v>439</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-        <v>659</v>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>440</v>
+      </c>
+      <c r="B8" t="s">
+        <v>441</v>
+      </c>
+      <c r="C8" t="s">
+        <v>442</v>
+      </c>
+      <c r="D8" t="s">
+        <v>443</v>
+      </c>
+      <c r="E8" t="s">
+        <v>444</v>
+      </c>
+      <c r="F8" t="s">
+        <v>445</v>
+      </c>
+      <c r="G8" t="s">
+        <v>446</v>
+      </c>
+      <c r="H8" t="s">
+        <v>447</v>
+      </c>
+      <c r="I8" t="s">
+        <v>448</v>
+      </c>
+      <c r="J8" t="s">
+        <v>449</v>
+      </c>
+      <c r="K8" t="s">
+        <v>450</v>
+      </c>
+      <c r="L8" t="s">
+        <v>451</v>
       </c>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-        <v>670</v>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>452</v>
+      </c>
+      <c r="B9" t="s">
+        <v>453</v>
+      </c>
+      <c r="C9" t="s">
+        <v>454</v>
+      </c>
+      <c r="D9" t="s">
+        <v>455</v>
+      </c>
+      <c r="E9" t="s">
+        <v>456</v>
+      </c>
+      <c r="F9" t="s">
+        <v>457</v>
+      </c>
+      <c r="G9" t="s">
+        <v>458</v>
+      </c>
+      <c r="H9" t="s">
+        <v>459</v>
+      </c>
+      <c r="I9" t="s">
+        <v>460</v>
+      </c>
+      <c r="J9" t="s">
+        <v>461</v>
+      </c>
+      <c r="K9" t="s">
+        <v>462</v>
+      </c>
+      <c r="L9" t="s">
+        <v>463</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-        <v>681</v>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>464</v>
+      </c>
+      <c r="B10" t="s">
+        <v>465</v>
+      </c>
+      <c r="C10" t="s">
+        <v>466</v>
+      </c>
+      <c r="D10" t="s">
+        <v>467</v>
+      </c>
+      <c r="E10" t="s">
+        <v>468</v>
+      </c>
+      <c r="F10" t="s">
+        <v>469</v>
+      </c>
+      <c r="G10" t="s">
+        <v>470</v>
+      </c>
+      <c r="H10" t="s">
+        <v>471</v>
+      </c>
+      <c r="I10" t="s">
+        <v>472</v>
+      </c>
+      <c r="J10" t="s">
+        <v>473</v>
+      </c>
+      <c r="K10" t="s">
+        <v>474</v>
+      </c>
+      <c r="L10" t="s">
+        <v>475</v>
       </c>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-        <v>692</v>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>476</v>
+      </c>
+      <c r="B11" t="s">
+        <v>477</v>
+      </c>
+      <c r="C11" t="s">
+        <v>478</v>
+      </c>
+      <c r="D11" t="s">
+        <v>479</v>
+      </c>
+      <c r="E11" t="s">
+        <v>480</v>
+      </c>
+      <c r="F11" t="s">
+        <v>481</v>
+      </c>
+      <c r="G11" t="s">
+        <v>482</v>
+      </c>
+      <c r="H11" t="s">
+        <v>483</v>
+      </c>
+      <c r="I11" t="s">
+        <v>484</v>
+      </c>
+      <c r="J11" t="s">
+        <v>485</v>
+      </c>
+      <c r="K11" t="s">
+        <v>486</v>
+      </c>
+      <c r="L11" t="s">
+        <v>487</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C553A41-046B-0340-8068-594332B5E277}">
   <dimension ref="A1:D11"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:A1048576"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>693</v>
+        <v>378</v>
       </c>
       <c r="B1" t="s">
-        <v>694</v>
+        <v>379</v>
       </c>
       <c r="C1" t="s">
-        <v>695</v>
+        <v>380</v>
       </c>
       <c r="D1" t="s">
-        <v>696</v>
+        <v>381</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>697</v>
+        <v>382</v>
       </c>
       <c r="B2" t="s">
-        <v>698</v>
+        <v>383</v>
       </c>
       <c r="C2" t="s">
-        <v>699</v>
+        <v>384</v>
       </c>
       <c r="D2" t="s">
-        <v>700</v>
+        <v>385</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>701</v>
+        <v>386</v>
       </c>
       <c r="B3" t="s">
-        <v>702</v>
+        <v>387</v>
       </c>
       <c r="C3" t="s">
-        <v>703</v>
+        <v>388</v>
       </c>
       <c r="D3" t="s">
-        <v>704</v>
+        <v>389</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>705</v>
+        <v>390</v>
       </c>
       <c r="B4" t="s">
-        <v>706</v>
+        <v>391</v>
       </c>
       <c r="C4" t="s">
-        <v>707</v>
+        <v>392</v>
       </c>
       <c r="D4" t="s">
-        <v>708</v>
+        <v>393</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>709</v>
+        <v>394</v>
       </c>
       <c r="B5" t="s">
-        <v>710</v>
+        <v>395</v>
       </c>
       <c r="C5" t="s">
-        <v>711</v>
+        <v>396</v>
       </c>
       <c r="D5" t="s">
-        <v>712</v>
+        <v>397</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>713</v>
+        <v>398</v>
       </c>
       <c r="B6" t="s">
-        <v>714</v>
+        <v>399</v>
       </c>
       <c r="C6" t="s">
-        <v>715</v>
+        <v>400</v>
       </c>
       <c r="D6" t="s">
-        <v>716</v>
+        <v>401</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>717</v>
+        <v>408</v>
       </c>
       <c r="B7" t="s">
-        <v>718</v>
+        <v>409</v>
       </c>
       <c r="C7" t="s">
-        <v>719</v>
+        <v>410</v>
       </c>
       <c r="D7" t="s">
-        <v>720</v>
+        <v>411</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>721</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>722</v>
+        <v>413</v>
       </c>
       <c r="C8" t="s">
-        <v>723</v>
+        <v>414</v>
       </c>
       <c r="D8" t="s">
-        <v>724</v>
+        <v>415</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>725</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>726</v>
+        <v>417</v>
       </c>
       <c r="C9" t="s">
-        <v>727</v>
+        <v>418</v>
       </c>
       <c r="D9" t="s">
-        <v>728</v>
+        <v>419</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>729</v>
+        <v>420</v>
       </c>
       <c r="B10" t="s">
-        <v>730</v>
+        <v>421</v>
       </c>
       <c r="C10" t="s">
-        <v>731</v>
+        <v>422</v>
       </c>
       <c r="D10" t="s">
-        <v>732</v>
+        <v>423</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>733</v>
+        <v>424</v>
       </c>
       <c r="B11" t="s">
-        <v>734</v>
+        <v>425</v>
       </c>
       <c r="C11" t="s">
-        <v>735</v>
+        <v>426</v>
       </c>
       <c r="D11" t="s">
-        <v>736</v>
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">